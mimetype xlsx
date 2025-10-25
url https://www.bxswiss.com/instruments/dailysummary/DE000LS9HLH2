--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cf1dd7c8dae430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8eecab451e48c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R110bc692a01c401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1079eb8608d490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra089c8ed777e4f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R110bc692a01c401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0723285a5678453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1079eb8608d490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>steigende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>