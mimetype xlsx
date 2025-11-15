--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8eecab451e48c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa26f3ef9ee84017" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1079eb8608d490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21ccd535b0004966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0723285a5678453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1079eb8608d490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad3b2c47fda4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21ccd535b0004966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>steigende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>