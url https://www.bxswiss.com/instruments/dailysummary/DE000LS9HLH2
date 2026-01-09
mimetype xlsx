--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa26f3ef9ee84017" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac950d7c4fb34d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21ccd535b0004966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184382595dfb4d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ad3b2c47fda4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21ccd535b0004966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7465e642f24645ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184382595dfb4d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>steigende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,213</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>