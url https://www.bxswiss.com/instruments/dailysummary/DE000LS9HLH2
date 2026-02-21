--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac950d7c4fb34d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09502ec0c550442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184382595dfb4d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c1fb39b6e741ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7465e642f24645ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184382595dfb4d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf96ef6d2c14977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c1fb39b6e741ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>steigende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,769</x:t>
-[...144 lines deleted...]
-          <x:t>176,937</x:t>
+          <x:t>170,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>