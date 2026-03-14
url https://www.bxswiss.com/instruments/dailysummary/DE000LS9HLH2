--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09502ec0c550442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2c7c0ac917458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18c1fb39b6e741ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141b72f1d65b431c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf96ef6d2c14977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18c1fb39b6e741ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bbcced3a97d48dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141b72f1d65b431c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>steigende Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>