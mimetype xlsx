--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a03e8577184d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc551892cf0e43ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9252535d26c74513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6423a857de841c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05e5fe468c3849e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9252535d26c74513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R850da34ff6604315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6423a857de841c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Food001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>88,526</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,568</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,453</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>