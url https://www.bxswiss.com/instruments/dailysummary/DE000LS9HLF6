--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc551892cf0e43ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R726e497b4c4941e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6423a857de841c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9381f413316a436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R850da34ff6604315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6423a857de841c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d763cc471d4fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9381f413316a436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Food001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>88,453</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,424</x:t>
-[...60 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,752</x:t>
-[...134 lines deleted...]
-          <x:t>88,232</x:t>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,130</x:t>
-[...195 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>88,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,621</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>87,573</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>