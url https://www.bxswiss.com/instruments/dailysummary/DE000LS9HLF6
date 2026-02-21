--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R726e497b4c4941e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R460cd4eb02eb4c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9381f413316a436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e40b175d694460"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d763cc471d4fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9381f413316a436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e454cfbd05c4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e40b175d694460" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Food001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>87,968</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>