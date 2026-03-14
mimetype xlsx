--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R460cd4eb02eb4c10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3ca1016bff46d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e40b175d694460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bb4437a09364fc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e454cfbd05c4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e40b175d694460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9751654fe65415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bb4437a09364fc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Food001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>86,164</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>85,778</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,042</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,918</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>86,119</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>