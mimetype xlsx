--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7c0b8f9303b436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e94d03444c417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9a0e4163af41b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R392ca4edeb1e4fb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7928ea03764a4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9a0e4163af41b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67390defccc64544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R392ca4edeb1e4fb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,727</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>