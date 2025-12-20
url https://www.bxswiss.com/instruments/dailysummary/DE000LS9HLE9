--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e94d03444c417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c68c2872cf4812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R392ca4edeb1e4fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re432c87218324b52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67390defccc64544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R392ca4edeb1e4fb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ec651803b249c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re432c87218324b52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>479,668</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>