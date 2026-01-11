--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c68c2872cf4812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51aa40ed4494c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re432c87218324b52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bc87122b0cd4e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ec651803b249c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re432c87218324b52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23041a9ba93349ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bc87122b0cd4e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>495,232</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>500,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>496,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,205</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>