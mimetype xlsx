--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51aa40ed4494c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9820b8200a542df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bc87122b0cd4e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8be5ff14af04eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23041a9ba93349ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bc87122b0cd4e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ccc20ccd3a46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8be5ff14af04eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>529,498</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>