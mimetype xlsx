--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9820b8200a542df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5383b5696a404b3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8be5ff14af04eb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbafdf80172d0444c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ccc20ccd3a46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8be5ff14af04eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radab86cc5826413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbafdf80172d0444c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Straub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLE9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>