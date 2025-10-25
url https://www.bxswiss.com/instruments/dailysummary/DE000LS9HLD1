--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca63cbb16244ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ffdb2715ba4384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26eb6264e4e14c61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8cc05078e0456e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2806daac3d1f46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26eb6264e4e14c61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43cedd4d24b434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8cc05078e0456e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...428 lines deleted...]
-          <x:t>181,531</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,531</x:t>
-[...58 lines deleted...]
-          <x:t>183,421</x:t>
+          <x:t>184,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>