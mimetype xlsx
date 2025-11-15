--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ffdb2715ba4384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10796abfb5c54edb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8cc05078e0456e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d43d839d41c48a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb43cedd4d24b434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8cc05078e0456e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R652da563b62a4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d43d839d41c48a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>181,531</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,531</x:t>
-[...97 lines deleted...]
-          <x:t>183,342</x:t>
+          <x:t>184,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,879</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>184,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>