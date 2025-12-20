--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10796abfb5c54edb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c6520b8e314358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d43d839d41c48a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ea486fc1274922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R652da563b62a4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d43d839d41c48a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc11c1e1882e4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ea486fc1274922" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>185,546</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>