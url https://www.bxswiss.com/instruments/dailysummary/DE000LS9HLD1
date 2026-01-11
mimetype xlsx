--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c6520b8e314358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1b1e25259c4104" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ea486fc1274922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb1d02ae04148b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc11c1e1882e4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ea486fc1274922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2b5f6a18f24263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb1d02ae04148b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>189,896</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,838</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>190,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,129</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>