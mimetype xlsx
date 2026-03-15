--- v4 (2026-01-11)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1b1e25259c4104" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b027a645284e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb1d02ae04148b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0affdb2793c4bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2b5f6a18f24263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb1d02ae04148b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ec239cda8db4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0affdb2793c4bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HLD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>194,445</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>