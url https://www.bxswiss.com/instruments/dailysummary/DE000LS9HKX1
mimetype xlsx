--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fbd0cb128fc473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bbeb6b748e84e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68f70956c870417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bb6191f92b24418"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943f9a0f1f1448e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68f70956c870417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eff4159eb834ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bb6191f92b24418" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MichaelInvest HealthCare Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>147,921</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,817</x:t>
-[...544 lines deleted...]
-          <x:t>153,362</x:t>
+          <x:t>148,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>