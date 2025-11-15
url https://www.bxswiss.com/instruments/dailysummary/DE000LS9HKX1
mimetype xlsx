--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bbeb6b748e84e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a3a740707f47f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bb6191f92b24418"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82182082032d4409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eff4159eb834ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bb6191f92b24418" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b17157f2dbc4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82182082032d4409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MichaelInvest HealthCare Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>