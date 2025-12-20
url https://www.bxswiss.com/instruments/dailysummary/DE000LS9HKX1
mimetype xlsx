--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a3a740707f47f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300ab96ee998451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82182082032d4409"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3c798d379a435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b17157f2dbc4e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82182082032d4409" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6742bbb4f311484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3c798d379a435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MichaelInvest HealthCare Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>148,196</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>