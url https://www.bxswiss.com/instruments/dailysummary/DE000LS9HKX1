--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300ab96ee998451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e47cbe64094d57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3c798d379a435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc09dbbdac0c543a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6742bbb4f311484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3c798d379a435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde471e3dce54bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc09dbbdac0c543a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MichaelInvest HealthCare Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,107</x:t>
@@ -791,31 +279,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>