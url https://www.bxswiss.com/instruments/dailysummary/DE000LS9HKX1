--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0e47cbe64094d57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d1c8c1d4f44890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc09dbbdac0c543a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2def8d8cd53042ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde471e3dce54bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc09dbbdac0c543a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re622e337662a4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2def8d8cd53042ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MichaelInvest HealthCare Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,404 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...371 lines deleted...]
-          <x:t>156,295</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>