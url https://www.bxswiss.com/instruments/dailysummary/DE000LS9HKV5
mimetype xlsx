--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09462b2290c64ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701776cd67e244e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re159d23066bd404f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6417ae65184fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9d39c53716435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re159d23066bd404f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dabcc5a45434ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6417ae65184fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>131,110</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,362</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>131,352</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>