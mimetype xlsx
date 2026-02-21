--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701776cd67e244e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0250a92b51c4a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6417ae65184fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c53104cd2cc41a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dabcc5a45434ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6417ae65184fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R181df1cccc7c4e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c53104cd2cc41a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,693</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>