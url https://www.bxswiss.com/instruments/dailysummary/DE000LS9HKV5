--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0250a92b51c4a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cacbc9419e146b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c53104cd2cc41a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413fe5689a094d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R181df1cccc7c4e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c53104cd2cc41a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b940116e0b48b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413fe5689a094d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>