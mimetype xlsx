--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78077b29eaa3482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186c5ffa2c4948c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbde40f9c11ab44cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1a7028ad3f436f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05feed393467422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbde40f9c11ab44cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c3992587ef4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1a7028ad3f436f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracey-Ann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>462,238</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>