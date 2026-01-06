--- v1 (2025-11-15)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186c5ffa2c4948c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88b80e5d0de148f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff1a7028ad3f436f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6577c7253bb419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c3992587ef4498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff1a7028ad3f436f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R747c0ee501ed479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6577c7253bb419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracey-Ann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>447,195</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>447,195</x:t>
-[...490 lines deleted...]
-          <x:t>492,927</x:t>
+          <x:t>464,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>