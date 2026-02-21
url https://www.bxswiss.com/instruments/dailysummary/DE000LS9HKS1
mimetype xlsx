--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88b80e5d0de148f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7234a39f44714d77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6577c7253bb419c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd330741bd574461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R747c0ee501ed479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6577c7253bb419c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56af93bb43ba4d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd330741bd574461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracey-Ann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>479,652</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>