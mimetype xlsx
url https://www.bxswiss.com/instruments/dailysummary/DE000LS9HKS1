--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7234a39f44714d77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re393cbedf8804348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd330741bd574461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aafa4bc4cc34be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56af93bb43ba4d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd330741bd574461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab411cb46804f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aafa4bc4cc34be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracey-Ann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HKS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>