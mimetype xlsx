--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c21d07935094a4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee01bb7c01d44ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9884e55d232e4843"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5f195322b94a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8962254bbb98403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9884e55d232e4843" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7148aec3ca9f4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5f195322b94a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select German Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>