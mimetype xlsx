--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee01bb7c01d44ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01425a210994862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5f195322b94a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61732ff4722f414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7148aec3ca9f4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5f195322b94a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b23145f64894923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61732ff4722f414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select German Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>462,601</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>