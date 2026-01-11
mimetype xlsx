--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01425a210994862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b1f45cba074e8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61732ff4722f414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c275212e884336"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b23145f64894923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61732ff4722f414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd957e233dba3430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c275212e884336" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select German Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>