--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b1f45cba074e8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363666d1ff474f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c275212e884336"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389fa091c26f40b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd957e233dba3430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c275212e884336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9565de1e8c7e4b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389fa091c26f40b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select German Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>488,461</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>