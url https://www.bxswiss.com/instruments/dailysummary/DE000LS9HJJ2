--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363666d1ff474f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3304a11ffe724019" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389fa091c26f40b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a74f07e9b0f4e9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9565de1e8c7e4b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389fa091c26f40b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07bba483c9bd43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a74f07e9b0f4e9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select German Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>