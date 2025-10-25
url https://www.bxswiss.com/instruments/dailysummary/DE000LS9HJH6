--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f429c591ede4344" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94886175c99f47f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91591f454ff046c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fade9fa97e74e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d5af0ed02d45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91591f454ff046c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6d14eec4f445e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fade9fa97e74e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristfavoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>