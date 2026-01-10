--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94886175c99f47f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca7bf8187cc4fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fade9fa97e74e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80448adb985a490e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6d14eec4f445e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fade9fa97e74e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf20ef0097214fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80448adb985a490e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristfavoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>302,850</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>