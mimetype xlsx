--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca7bf8187cc4fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6649beca2c4459" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80448adb985a490e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70576582aa9d4a48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf20ef0097214fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80448adb985a490e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7666d80b8d6a4ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70576582aa9d4a48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristfavoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>319,452</x:t>
-[...171 lines deleted...]
-          <x:t>333,827</x:t>
+          <x:t>320,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>