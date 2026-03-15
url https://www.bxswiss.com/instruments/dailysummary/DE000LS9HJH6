--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6649beca2c4459" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5d87a40b6d4911" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70576582aa9d4a48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93f572d3ab2a4f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7666d80b8d6a4ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70576582aa9d4a48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48dba2e233514422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93f572d3ab2a4f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristfavoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>