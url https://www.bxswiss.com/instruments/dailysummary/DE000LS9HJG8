--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85247c05bdf84f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65193675025472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fb0d3d72ab74058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8885b0944a6410c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdad7d5efa0d41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fb0d3d72ab74058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3462b7936eac431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8885b0944a6410c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Heidelberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>179,286</x:t>
-[...522 lines deleted...]
-          <x:t>183,636</x:t>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>