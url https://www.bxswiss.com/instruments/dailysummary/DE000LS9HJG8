--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65193675025472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ad0c3db43a40a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8885b0944a6410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d1c1d50995e4776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3462b7936eac431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8885b0944a6410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016f86e1ba7c4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d1c1d50995e4776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Heidelberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>180,164</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>