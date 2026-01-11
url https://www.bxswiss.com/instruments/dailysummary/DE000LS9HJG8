--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ad0c3db43a40a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaeb1f6fd53e4aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d1c1d50995e4776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf43d57f771a4c64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016f86e1ba7c4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d1c1d50995e4776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5de59356d5c24025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf43d57f771a4c64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Heidelberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>