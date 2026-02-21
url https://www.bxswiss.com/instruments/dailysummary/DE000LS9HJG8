--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaeb1f6fd53e4aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R571ee6f142854eca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf43d57f771a4c64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58352adc36f5460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5de59356d5c24025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf43d57f771a4c64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R666fd683fa4e4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58352adc36f5460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Heidelberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,803</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>