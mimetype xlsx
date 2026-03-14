--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R571ee6f142854eca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e02534eb7db498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58352adc36f5460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R235592049c104166"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R666fd683fa4e4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58352adc36f5460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5f863a81534b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R235592049c104166" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Heidelberg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>