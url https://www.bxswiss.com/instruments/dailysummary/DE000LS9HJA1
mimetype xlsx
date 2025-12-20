--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199c99cdf8ac4080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77e0505311e489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c6dba7084764996"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2144c8742efa4f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363f78febb644b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c6dba7084764996" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16cab73f7de14f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2144c8742efa4f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolisten - Ja bitte!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>86,271</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,362</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...342 lines deleted...]
-          <x:t>86,029</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,122</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>85,531</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>