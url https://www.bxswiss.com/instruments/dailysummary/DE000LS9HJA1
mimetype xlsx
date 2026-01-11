--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77e0505311e489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb95acc040ad440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2144c8742efa4f77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d0ea6470bd34453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16cab73f7de14f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2144c8742efa4f77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c13fd69cc374366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d0ea6470bd34453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolisten - Ja bitte!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>