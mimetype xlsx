--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb95acc040ad440e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762d487bd92747f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d0ea6470bd34453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf578a9bbae8f4d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c13fd69cc374366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d0ea6470bd34453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb1cb9379d54ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf578a9bbae8f4d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolisten - Ja bitte!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>86,021</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>