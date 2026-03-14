--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762d487bd92747f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9f17a568244000" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf578a9bbae8f4d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97c98252b24a48c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb1cb9379d54ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf578a9bbae8f4d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c23e4000a94b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97c98252b24a48c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopolisten - Ja bitte!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HJA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>