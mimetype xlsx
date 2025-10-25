--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d4c20fb7c04d5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf85a542d254e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bee353034e848a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7344ffa103e432e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R276e668c3ec641d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bee353034e848a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad92c3746e34b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7344ffa103e432e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div stark,intakte Story D Akt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>968,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>970,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>956,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>958,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.041,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.054,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.029,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.030,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.023,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>999,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>