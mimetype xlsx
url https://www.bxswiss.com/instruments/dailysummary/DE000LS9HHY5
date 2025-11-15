--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf85a542d254e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re903d110ce154765" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7344ffa103e432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra22e5bfb43c34b04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad92c3746e34b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7344ffa103e432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206454b1c44249ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra22e5bfb43c34b04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div stark,intakte Story D Akt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>955,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>959,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>924,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>935,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>911,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>913,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>895,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>905,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>