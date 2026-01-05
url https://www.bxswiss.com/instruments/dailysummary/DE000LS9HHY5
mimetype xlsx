--- v2 (2025-11-15)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re903d110ce154765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b19b8a003c4d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra22e5bfb43c34b04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3bff63155ce4c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206454b1c44249ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra22e5bfb43c34b04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9ea4a9ef8cd4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3bff63155ce4c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div stark,intakte Story D Akt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>874,657</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>