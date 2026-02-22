--- v3 (2026-01-05)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b19b8a003c4d5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf4896608744cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3bff63155ce4c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b20cb234d754df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9ea4a9ef8cd4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3bff63155ce4c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e4e5e604b747df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b20cb234d754df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div stark,intakte Story D Akt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>812,190</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.020,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.001,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>