--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf4896608744cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4041fc128aa448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b20cb234d754df4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf6a85c6fba1439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e4e5e604b747df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b20cb234d754df4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd91e03172f224452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf6a85c6fba1439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div stark,intakte Story D Akt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>902,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>906,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>883,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>886,784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>940,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>945,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>924,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>936,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>