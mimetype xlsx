--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11aa0c7e14b8423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa09b0a165e485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3fee5684a104fcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c00728542443c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e327ff0d5ca4c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3fee5684a104fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ae85cd1f4f34536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c00728542443c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Werte Handel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>498,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>496,751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>513,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>