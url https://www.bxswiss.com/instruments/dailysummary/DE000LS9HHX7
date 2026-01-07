--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa09b0a165e485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2091857463474c59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c00728542443c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ab0f158612496e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ae85cd1f4f34536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c00728542443c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde41e94db6f04ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ab0f158612496e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Werte Handel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>508,884</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>