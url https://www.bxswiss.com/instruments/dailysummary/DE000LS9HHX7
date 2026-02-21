--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2091857463474c59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e90a6e65ad43f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ab0f158612496e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd5a289bed734851"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde41e94db6f04ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ab0f158612496e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a48a34420442af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd5a289bed734851" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Werte Handel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>502,492</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>