--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e90a6e65ad43f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d7081edf9404dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd5a289bed734851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cdf8890ea654ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a48a34420442af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd5a289bed734851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550b8f94e5d445f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cdf8890ea654ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Werte Handel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>492,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>