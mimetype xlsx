--- v0 (2025-10-31)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69da2ff04bb4a82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e85b58eec734c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f25595082d44a06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4967017480eb492b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aab6422721346c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f25595082d44a06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63303f49168f438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4967017480eb492b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>359,197</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>