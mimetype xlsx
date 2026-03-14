--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e85b58eec734c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22799477954464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4967017480eb492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84f636d87891427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63303f49168f438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4967017480eb492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6698d9e6fba04b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84f636d87891427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>