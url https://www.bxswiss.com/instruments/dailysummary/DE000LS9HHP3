--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf778e28e1e894e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3240b461da4834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra151062adb7b4b48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb89a3642938e4d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1c6f85d8f04277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra151062adb7b4b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f79c6c39f044df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb89a3642938e4d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rakete!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,268 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...216 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -604,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>