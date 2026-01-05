--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3240b461da4834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7709301815244b57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb89a3642938e4d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73511f09c1234322"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f79c6c39f044df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb89a3642938e4d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf888d483b6b943f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73511f09c1234322" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rakete!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,377 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>263,529</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>