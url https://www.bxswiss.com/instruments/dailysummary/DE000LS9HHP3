--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7709301815244b57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248522dcf1724f30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73511f09c1234322"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d81e6229b74bf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf888d483b6b943f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73511f09c1234322" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49c45bbf9f5e4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d81e6229b74bf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rakete!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,377 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...344 lines deleted...]
-          <x:t>261,262</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>