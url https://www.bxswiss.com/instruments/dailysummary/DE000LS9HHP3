--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248522dcf1724f30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re84364acfa284c5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d81e6229b74bf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3ec2427d1c4ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49c45bbf9f5e4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d81e6229b74bf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59bdb1f1719d4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3ec2427d1c4ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rakete!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HHP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,687</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +339,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>