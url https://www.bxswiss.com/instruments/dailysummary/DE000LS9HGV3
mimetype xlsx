--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra15ad8c3a44f4a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d6f7ed08bd4464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b37cd5b5944374"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28201dca867043c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf113f95e645240cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b37cd5b5944374" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2642dffacc9a4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28201dca867043c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMB - Global Value Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>