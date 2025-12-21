--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d6f7ed08bd4464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435f9abb81554520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28201dca867043c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff554f1df1fb4fa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2642dffacc9a4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28201dca867043c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd401bd89181a4de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff554f1df1fb4fa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMB - Global Value Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>137,039</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>