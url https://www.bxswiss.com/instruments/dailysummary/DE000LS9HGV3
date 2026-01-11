--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435f9abb81554520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4f2adbabaa421e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff554f1df1fb4fa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf24269dc50a941f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd401bd89181a4de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff554f1df1fb4fa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3d683017c2f4a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf24269dc50a941f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMB - Global Value Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>