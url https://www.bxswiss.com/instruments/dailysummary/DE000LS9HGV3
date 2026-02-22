--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4f2adbabaa421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47ea833eb244529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf24269dc50a941f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb178b3f8640d445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3d683017c2f4a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf24269dc50a941f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a3d7543b5ac4247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb178b3f8640d445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMB - Global Value Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>150,467</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,741</x:t>
-[...26 lines deleted...]
-          <x:t>151,260</x:t>
+          <x:t>149,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>