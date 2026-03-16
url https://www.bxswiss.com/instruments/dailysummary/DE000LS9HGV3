--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47ea833eb244529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a95c1c3d6949f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb178b3f8640d445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re11e4e91ff3e46cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a3d7543b5ac4247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb178b3f8640d445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R353de0ddf34e46b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re11e4e91ff3e46cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AMB - Global Value Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>