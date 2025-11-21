--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01def01c875347f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89de5249df144ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c76c378ec284e08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R446e4c1013ea4777"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f712a5ce37b4877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c76c378ec284e08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd549720e169945a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R446e4c1013ea4777" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLaut Stocks Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>