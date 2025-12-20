--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89de5249df144ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raead1426036b45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R446e4c1013ea4777"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1c3cf3b70749b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd549720e169945a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R446e4c1013ea4777" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83372f3db2f4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1c3cf3b70749b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLaut Stocks Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>