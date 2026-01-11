--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raead1426036b45cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3a330a43ca4a19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1c3cf3b70749b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf38ba8638684f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83372f3db2f4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1c3cf3b70749b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49f4aa8dcee4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf38ba8638684f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLaut Stocks Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>