--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3a330a43ca4a19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fe5605bc76a4579" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf38ba8638684f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052a26e10529488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49f4aa8dcee4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf38ba8638684f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b06b11e5c264102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052a26e10529488e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLaut Stocks Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>200,538</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>