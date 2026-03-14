--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fe5605bc76a4579" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1552b0c01304768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052a26e10529488e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra357633ca00b4d07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b06b11e5c264102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052a26e10529488e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9f462f866a466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra357633ca00b4d07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLaut Stocks Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>