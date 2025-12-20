--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb291d4262a4d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a4c0da75374210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a1a3fc54034734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc23045c0ecb4752"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e51d5cc8b14141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a1a3fc54034734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5927000472314a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc23045c0ecb4752" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlumiStocks Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>61,891</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,698</x:t>
-[...200 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,820</x:t>
-[...210 lines deleted...]
-          <x:t>61,682</x:t>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,843</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>61,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>