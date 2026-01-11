--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a4c0da75374210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b38ff0e9e4462f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc23045c0ecb4752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11883637fc44867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5927000472314a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc23045c0ecb4752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd8dddc790547ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11883637fc44867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlumiStocks Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>62,017</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,908</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>62,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>