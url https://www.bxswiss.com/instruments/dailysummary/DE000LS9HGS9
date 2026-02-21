--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b38ff0e9e4462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7c26c0c72b4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf11883637fc44867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ba181ae03d4320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd8dddc790547ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf11883637fc44867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e43d171befa4377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ba181ae03d4320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlumiStocks Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,628</x:t>
-[...144 lines deleted...]
-          <x:t>61,927</x:t>
+          <x:t>61,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>