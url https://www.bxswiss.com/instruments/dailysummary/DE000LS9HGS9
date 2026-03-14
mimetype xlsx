--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7c26c0c72b4f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554193c403ea449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ba181ae03d4320"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a1d03127264de6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e43d171befa4377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ba181ae03d4320" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c002bb229aa4fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a1d03127264de6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlumiStocks Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>61,368</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,087</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>60,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,141</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>