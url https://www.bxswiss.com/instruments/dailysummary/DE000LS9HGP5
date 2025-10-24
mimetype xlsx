--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737e443e23c44e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a438325a254255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d6289cd7a148cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9b34477a0a3429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284638ba41004fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d6289cd7a148cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7525486d36c14867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9b34477a0a3429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchenjagd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>87,391</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>87,448</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,422</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>87,358</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>87,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>87,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>