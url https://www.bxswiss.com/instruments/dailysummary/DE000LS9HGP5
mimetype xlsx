--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a438325a254255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb09d344483994e9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9b34477a0a3429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a4b8c3576b4f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7525486d36c14867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9b34477a0a3429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781f2125d5694a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a4b8c3576b4f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchenjagd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>87,266</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,358</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>86,518</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>