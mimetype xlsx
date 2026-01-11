--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb09d344483994e9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e2cf64c7684731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a4b8c3576b4f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfa73af0d7eb4966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781f2125d5694a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a4b8c3576b4f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8dc5521280b419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfa73af0d7eb4966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchenjagd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>87,376</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,323</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>87,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,945</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>