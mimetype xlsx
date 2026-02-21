--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e2cf64c7684731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f31a8c41216483e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfa73af0d7eb4966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f983bf717941f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8dc5521280b419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfa73af0d7eb4966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R846a1d1dff2f47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f983bf717941f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchenjagd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>87,013</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>