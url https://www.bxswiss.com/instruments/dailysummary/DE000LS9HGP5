--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f31a8c41216483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9c270f67414408" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f983bf717941f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red036cef9a5b4b21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R846a1d1dff2f47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f983bf717941f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494f0cb51d15426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red036cef9a5b4b21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schnäppchenjagd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>