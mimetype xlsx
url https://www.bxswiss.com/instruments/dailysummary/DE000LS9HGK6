--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9d6d75624048a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd468765c597d4aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092d33dda3194229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c92de5ffb5e4182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebb9c08b37094348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092d33dda3194229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bd4f28c0ee45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c92de5ffb5e4182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Directors Dealing - Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>86,167</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,080</x:t>
-[...6 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,102</x:t>
-[...31 lines deleted...]
-          <x:t>85,745</x:t>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>86,441</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>