--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd468765c597d4aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37bce47574c43bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c92de5ffb5e4182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f1998aad1b44d8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bd4f28c0ee45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c92de5ffb5e4182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb512def0914d4f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f1998aad1b44d8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Directors Dealing - Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>