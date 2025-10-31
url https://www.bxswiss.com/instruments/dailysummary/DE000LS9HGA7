--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76381434498c4043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43134bbd9254251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c4a442700244ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010d1abd605c453d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406c46d92eee4d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c4a442700244ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25f1bd2df13249c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010d1abd605c453d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanAllCap - Fokus Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>