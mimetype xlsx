--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43134bbd9254251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10028086051b421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010d1abd605c453d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae15dac95cd4c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25f1bd2df13249c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010d1abd605c453d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6978d9776b4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae15dac95cd4c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanAllCap - Fokus Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,221</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>