--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10028086051b421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9077fcae0654756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae15dac95cd4c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a14974d7594c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6978d9776b4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae15dac95cd4c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19023048a2c04396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a14974d7594c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanAllCap - Fokus Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,526</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>