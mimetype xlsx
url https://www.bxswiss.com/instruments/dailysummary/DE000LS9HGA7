--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9077fcae0654756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d82e244f3e4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a14974d7594c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb47edf322bb2489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19023048a2c04396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a14974d7594c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8784c7757fca4d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb47edf322bb2489e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanAllCap - Fokus Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HGA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>