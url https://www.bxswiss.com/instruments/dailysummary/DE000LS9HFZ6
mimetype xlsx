--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15187773cd914c2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ebc0fe99744ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4352ef009c4a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd772cbb12ea449ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d2989d0cff42cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4352ef009c4a1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd406eab075454900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd772cbb12ea449ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HFZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>429,901</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>