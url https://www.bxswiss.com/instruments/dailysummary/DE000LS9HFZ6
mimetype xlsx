--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ebc0fe99744ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26faea87389145bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd772cbb12ea449ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55dd461e15474836"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd406eab075454900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd772cbb12ea449ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93069b51bf394f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55dd461e15474836" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HFZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>411,156</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>