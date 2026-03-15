--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26faea87389145bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf56914d7cc04706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55dd461e15474836"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7550409c3c24037"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93069b51bf394f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55dd461e15474836" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd32211adf07d41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7550409c3c24037" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Carpe diem Aktientrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HFZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>