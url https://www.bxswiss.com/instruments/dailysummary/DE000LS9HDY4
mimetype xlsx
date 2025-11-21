--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd02101fcc344e88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f881b307261496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844e112518a04f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R761a2aad25f74265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260e5e1d5773461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844e112518a04f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b5a585b21164e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R761a2aad25f74265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech_Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,932</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>