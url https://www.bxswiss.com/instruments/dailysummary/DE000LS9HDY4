--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f881b307261496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f8a7bc8fd24bdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R761a2aad25f74265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a2b14a96b64746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b5a585b21164e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R761a2aad25f74265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radb39a05990b44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a2b14a96b64746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech_Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...338 lines deleted...]
-          <x:t>84,125</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>84,704</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>