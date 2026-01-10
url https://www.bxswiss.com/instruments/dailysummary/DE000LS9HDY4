--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f8a7bc8fd24bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4111d8d2a04129" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a2b14a96b64746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c73969de94a40b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radb39a05990b44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a2b14a96b64746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2a7ea60b234fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c73969de94a40b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech_Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>87,224</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>