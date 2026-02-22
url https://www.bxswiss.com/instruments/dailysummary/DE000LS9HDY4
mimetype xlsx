--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4111d8d2a04129" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18a29d176d24e64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c73969de94a40b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc6ca749a954bd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2a7ea60b234fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c73969de94a40b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5eae0329f704c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc6ca749a954bd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech_Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>87,838</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,008</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>88,597</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>