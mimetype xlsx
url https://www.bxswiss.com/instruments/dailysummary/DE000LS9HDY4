--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18a29d176d24e64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b66178dd4a442a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc6ca749a954bd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d286c9ed9354830"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5eae0329f704c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc6ca749a954bd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37da8eba0673400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d286c9ed9354830" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech_Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...222 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,324</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,691</x:t>
-[...279 lines deleted...]
-          <x:t>88,075</x:t>
+          <x:t>87,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>