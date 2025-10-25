--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb99ed929439b4959" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd21d180b9c4998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36eb8c8669354fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e4b5c73f424697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra247fb2f8d3f4e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36eb8c8669354fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd183bf50e6d84917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e4b5c73f424697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jakob Fugger Special</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>