--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd21d180b9c4998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02afa292c8a84c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e4b5c73f424697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b34dad38fb4433d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd183bf50e6d84917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e4b5c73f424697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7813452182d4f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b34dad38fb4433d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jakob Fugger Special</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>200,854</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>