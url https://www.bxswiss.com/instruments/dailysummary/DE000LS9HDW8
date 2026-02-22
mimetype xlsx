--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02afa292c8a84c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1553bccb54a47cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b34dad38fb4433d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8467a50d57141f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7813452182d4f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b34dad38fb4433d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854dbdda6fc24edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8467a50d57141f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jakob Fugger Special</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>189,731</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>