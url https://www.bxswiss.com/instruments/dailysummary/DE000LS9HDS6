--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19056a43b1134424" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be0206552354df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4591359b3354b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7ba93098fa2486a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfffb1381c97a44e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4591359b3354b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfffa69eb41684e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7ba93098fa2486a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>36,276</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,178</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>36,334</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>