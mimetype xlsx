--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8be0206552354df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71cf716d1cd44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7ba93098fa2486a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd00381ec83734ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfffa69eb41684e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7ba93098fa2486a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0667fe7f92ce4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd00381ec83734ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>35,778</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,664</x:t>
-[...296 lines deleted...]
-          <x:t>35,532</x:t>
+          <x:t>35,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>