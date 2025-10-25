--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf5f02afe5d449c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc431a13f186e4955" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc561ef7403304864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b10a181aa594051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81e33d8c77564c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc561ef7403304864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247bca90b08e49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b10a181aa594051" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenorientierte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>