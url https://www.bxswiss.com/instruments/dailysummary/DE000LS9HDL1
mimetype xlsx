--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc431a13f186e4955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05d3392aba9d40fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b10a181aa594051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e69caba2d5047b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247bca90b08e49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b10a181aa594051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbbfb05fe06a41a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e69caba2d5047b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenorientierte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,272</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>