--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05d3392aba9d40fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re27fb3d8df1942e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e69caba2d5047b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9067909eda47e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbbfb05fe06a41a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e69caba2d5047b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4047223b19984e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9067909eda47e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenorientierte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>188,062</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,704</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>186,368</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>