--- v0 (2025-10-08)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R318642d5e7ee454b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R314c324ea5f34d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc238ef005f14016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3a130be9e85465e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbcdbb699f644fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc238ef005f14016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4993600113684af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3a130be9e85465e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>€uro am Sonntag VaR-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>187,612</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>