--- v1 (2025-12-25)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R314c324ea5f34d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca99cd1a93947cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3a130be9e85465e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc5c37692b74d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4993600113684af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3a130be9e85465e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88788f4098014ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc5c37692b74d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>€uro am Sonntag VaR-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>200,573</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>