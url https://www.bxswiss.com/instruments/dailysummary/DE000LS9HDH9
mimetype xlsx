--- v2 (2026-02-02)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca99cd1a93947cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba7dec4bfa74aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc5c37692b74d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17df7f47a88042a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88788f4098014ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc5c37692b74d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f0923d6fa5240db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17df7f47a88042a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>€uro am Sonntag VaR-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>