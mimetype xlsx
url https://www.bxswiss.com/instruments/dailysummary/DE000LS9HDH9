--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba7dec4bfa74aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4375f6dd8fd9448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17df7f47a88042a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcdb48073c504f74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f0923d6fa5240db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17df7f47a88042a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be45c1242d448cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcdb48073c504f74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>€uro am Sonntag VaR-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>217,334</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,121</x:t>
-[...237 lines deleted...]
-          <x:t>216,881</x:t>
+          <x:t>219,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>215,606</x:t>
-[...161 lines deleted...]
-          <x:t>218,735</x:t>
+          <x:t>215,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>