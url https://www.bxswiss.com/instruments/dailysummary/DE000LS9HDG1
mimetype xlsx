--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03305c5980744746" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e29aa90a7de4fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c262a52f67a464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R378daa73211842c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a8d405bb704941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c262a52f67a464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0af6277f9040c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R378daa73211842c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>144,416</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,947</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>146,944</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>