--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e29aa90a7de4fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd90603525d4174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R378daa73211842c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra805ed5ca25d4bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0af6277f9040c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R378daa73211842c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11ac151fd681472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra805ed5ca25d4bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,274</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>