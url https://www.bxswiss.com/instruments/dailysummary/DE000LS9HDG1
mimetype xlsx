--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cd90603525d4174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9420fed96fe41fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra805ed5ca25d4bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5cc99fddc9847fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11ac151fd681472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra805ed5ca25d4bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926bf16a685744b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5cc99fddc9847fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,691</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>