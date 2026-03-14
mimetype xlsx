--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9420fed96fe41fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c48e336c9e49b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5cc99fddc9847fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92042bff88b94259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926bf16a685744b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5cc99fddc9847fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c3344906d08418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92042bff88b94259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>