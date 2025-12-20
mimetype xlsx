--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333dafd18c54456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c3fe09c9114af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5f159f4fda04a81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d83533cf3f64b96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbdad669b9048f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5f159f4fda04a81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd700ed7a942047e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d83533cf3f64b96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR TecDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,574</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>117,551</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,777</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>117,768</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>