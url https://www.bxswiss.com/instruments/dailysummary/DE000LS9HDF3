--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c3fe09c9114af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64a69aa6e44f4d47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d83533cf3f64b96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44bcc685527d4901"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd700ed7a942047e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d83533cf3f64b96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6948e797dbe44cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44bcc685527d4901" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR TecDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>117,220</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,030</x:t>
-[...566 lines deleted...]
-          <x:t>117,318</x:t>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>