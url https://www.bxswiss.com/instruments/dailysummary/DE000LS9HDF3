--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64a69aa6e44f4d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea2ffffb48a482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44bcc685527d4901"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf49512ef82e4bc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6948e797dbe44cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44bcc685527d4901" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca5918f5cee44f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf49512ef82e4bc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR TecDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>117,282</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>