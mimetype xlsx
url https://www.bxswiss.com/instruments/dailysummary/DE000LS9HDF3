--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea2ffffb48a482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18aadc24d8694d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf49512ef82e4bc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78c3e0f0083c4b4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca5918f5cee44f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf49512ef82e4bc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8b1363b1194e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78c3e0f0083c4b4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR TecDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>