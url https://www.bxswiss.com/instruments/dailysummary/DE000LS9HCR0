--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022ff4b986574d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad1efc82151427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08dc73a10a2f4426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R864970c7b83349b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d943414235543f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08dc73a10a2f4426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff0f7ea9a4cc49aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R864970c7b83349b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR SDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,137</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>