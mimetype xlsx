--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca4a5062f534793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d87f22e3e84f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec318772ab44345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb344d23e1d44cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red1600fd95ff4e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec318772ab44345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a2b10ce2ca4517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb344d23e1d44cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,318</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>