--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d87f22e3e84f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc03bb7bd46d143e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb344d23e1d44cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4540b87d57f42d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a2b10ce2ca4517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb344d23e1d44cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8921db964aa24e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4540b87d57f42d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>188,699</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>