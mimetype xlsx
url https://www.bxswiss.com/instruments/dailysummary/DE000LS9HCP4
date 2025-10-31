--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e73673f6544d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b57b5d64264a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cf684fe42044f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cacc21a9e864c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47978b94797e4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cf684fe42044f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1e437f9fbd444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cacc21a9e864c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>