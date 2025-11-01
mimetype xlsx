--- v1 (2025-10-31)
+++ v2 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b57b5d64264a5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c198a604d941c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cacc21a9e864c12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d39b5761ca045ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1e437f9fbd444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cacc21a9e864c12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a899d11c5a545e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d39b5761ca045ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +764,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>