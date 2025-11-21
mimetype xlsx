--- v2 (2025-11-01)
+++ v3 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c198a604d941c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd740698aab424ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d39b5761ca045ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3cdea0c72542e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a899d11c5a545e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d39b5761ca045ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40350535770424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3cdea0c72542e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>