--- v3 (2025-11-21)
+++ v4 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd740698aab424ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4108ac52ab49ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3cdea0c72542e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d4d7d04b5334454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40350535770424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3cdea0c72542e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd88ddb234ef54d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d4d7d04b5334454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>328,582</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>