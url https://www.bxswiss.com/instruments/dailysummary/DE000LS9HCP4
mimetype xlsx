--- v4 (2026-01-07)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4108ac52ab49ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9a0a282f3a405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d4d7d04b5334454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9bcc4cb48164b4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd88ddb234ef54d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d4d7d04b5334454" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a3a7e2a0c24ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9bcc4cb48164b4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>329,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>