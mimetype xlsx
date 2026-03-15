--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9a0a282f3a405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fc5c27ad18848e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9bcc4cb48164b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cf344f3ad044b90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a3a7e2a0c24ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9bcc4cb48164b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3daa6d0e966644cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cf344f3ad044b90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>