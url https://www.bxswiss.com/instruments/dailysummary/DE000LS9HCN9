--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc24f9b477a924c7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabe4fa7543e4237" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad9c7b707154ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47115918c52e4e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R952127da6919498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad9c7b707154ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0c288f0ced4686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47115918c52e4e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,074</x:t>
-[...468 lines deleted...]
-          <x:t>108,636</x:t>
+          <x:t>106,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>