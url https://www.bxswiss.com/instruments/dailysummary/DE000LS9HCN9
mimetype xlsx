--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabe4fa7543e4237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra96fd8568f87475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47115918c52e4e79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d2cc306a03144f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0c288f0ced4686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47115918c52e4e79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d5db510c5c44fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d2cc306a03144f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,054</x:t>
-[...522 lines deleted...]
-          <x:t>106,252</x:t>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>