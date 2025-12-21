--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra96fd8568f87475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38744425e15a4226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d2cc306a03144f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53dd7e6da8f34ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d5db510c5c44fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d2cc306a03144f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7ba9c6f9074628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53dd7e6da8f34ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>