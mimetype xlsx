--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38744425e15a4226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f443db71bdd47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53dd7e6da8f34ee3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f1b6cb6459a46aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7ba9c6f9074628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53dd7e6da8f34ee3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R145fc6ab881240e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f1b6cb6459a46aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>110,600</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>111,188</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>