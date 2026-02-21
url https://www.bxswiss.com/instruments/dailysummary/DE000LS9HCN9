--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f443db71bdd47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ba0a978f374c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f1b6cb6459a46aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff5d982031d4a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R145fc6ab881240e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f1b6cb6459a46aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8493b92012824f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff5d982031d4a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,485</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>