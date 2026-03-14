--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ba0a978f374c5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21e3c16bce32427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff5d982031d4a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd652b80896114f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8493b92012824f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff5d982031d4a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1010aa7cbbb4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd652b80896114f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>111,609</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,948</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>