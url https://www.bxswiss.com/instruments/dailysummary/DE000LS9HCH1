--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08389597dcff41c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb482a7fdd43f41f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb4aa2805d24533"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc14e2ac1bc416f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a072b20ae04fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb4aa2805d24533" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d95614e22d4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc14e2ac1bc416f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR MDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,881</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>