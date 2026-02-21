--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb482a7fdd43f41f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60bee1e561cf4c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc14e2ac1bc416f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf67ce458c244df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1d95614e22d4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc14e2ac1bc416f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fde02167a084a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf67ce458c244df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR MDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>97,902</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,592</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>98,713</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>