--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60bee1e561cf4c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0b6c242c454d18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf67ce458c244df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b0d42fabaf4161"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fde02167a084a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf67ce458c244df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2de1d193f904904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b0d42fabaf4161" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IR MDAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HCH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>