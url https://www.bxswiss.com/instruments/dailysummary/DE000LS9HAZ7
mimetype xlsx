--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef1e6e96ed24334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30db8752def54a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4529f0e3fc744ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb5cfc9c9d74077"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b3cec76e3c4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4529f0e3fc744ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61640affc3d34340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb5cfc9c9d74077" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Geldanlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>15,460</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,418</x:t>
-[...21 lines deleted...]
-          <x:t>15,409</x:t>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,439</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>15,448</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,439</x:t>
-[...134 lines deleted...]
-          <x:t>15,450</x:t>
+          <x:t>15,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>