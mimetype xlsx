--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30db8752def54a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce70ce317774c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bb5cfc9c9d74077"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480b1a954ba44123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61640affc3d34340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bb5cfc9c9d74077" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red12f74141f74617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480b1a954ba44123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Geldanlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>15,393</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,398</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,399</x:t>
-[...4 lines deleted...]
-          <x:t>15,372</x:t>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>15,237</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,261</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>15,284</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>