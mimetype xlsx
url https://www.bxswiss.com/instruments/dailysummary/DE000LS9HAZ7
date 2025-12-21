--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce70ce317774c85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9d6a88a77944ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480b1a954ba44123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a55661361df4e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red12f74141f74617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480b1a954ba44123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcceed8d95cf043f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a55661361df4e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Geldanlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>15,378</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...320 lines deleted...]
-          <x:t>15,312</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,316</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>15,342</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,381</x:t>
-        </x:is>
-[...251 lines deleted...]
-          <x:t>15,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>