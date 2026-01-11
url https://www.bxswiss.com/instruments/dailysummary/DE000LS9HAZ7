--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9d6a88a77944ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05540d616f184954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a55661361df4e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R452d74b5fe01451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcceed8d95cf043f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a55661361df4e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb72419359884d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R452d74b5fe01451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Geldanlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>15,323</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,316</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>15,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,357</x:t>
-[...21 lines deleted...]
-          <x:t>15,438</x:t>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,428</x:t>
-[...70 lines deleted...]
-          <x:t>15,412</x:t>
+          <x:t>15,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,374</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>15,412</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>15,372</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>15,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,381</x:t>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>