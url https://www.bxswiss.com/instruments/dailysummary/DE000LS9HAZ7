--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05540d616f184954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c385ad2aa047d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R452d74b5fe01451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b0befdff7d407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb72419359884d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R452d74b5fe01451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e5aa8224db456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b0befdff7d407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Geldanlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>15,333</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,328</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>15,314</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>15,363</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>