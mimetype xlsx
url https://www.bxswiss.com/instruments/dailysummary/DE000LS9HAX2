--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R192db01d0d224159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c7f7bd90ace4ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f48a3a728194e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ba697da00ab41f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902408b2afe947d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f48a3a728194e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a97b9b6c08e42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ba697da00ab41f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hörgeräte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>187,115</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,502</x:t>
-[...215 lines deleted...]
-          <x:t>181,568</x:t>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>