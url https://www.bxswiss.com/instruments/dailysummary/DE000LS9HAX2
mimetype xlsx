--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c7f7bd90ace4ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa411e330df5492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ba697da00ab41f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re134eb4ab98d4b5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a97b9b6c08e42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ba697da00ab41f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a1b90b1c11421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re134eb4ab98d4b5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hörgeräte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>186,040</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>