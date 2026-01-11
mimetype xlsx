--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa411e330df5492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab1f5074c574aa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re134eb4ab98d4b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46dea656838b43bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a1b90b1c11421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re134eb4ab98d4b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33500ba81a934444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46dea656838b43bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hörgeräte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>