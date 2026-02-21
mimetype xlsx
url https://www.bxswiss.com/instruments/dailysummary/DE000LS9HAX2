--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab1f5074c574aa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a9669794c6e40dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46dea656838b43bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a0dfd8c6081430d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33500ba81a934444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46dea656838b43bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1855376b68694b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a0dfd8c6081430d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hörgeräte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>174,876</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>