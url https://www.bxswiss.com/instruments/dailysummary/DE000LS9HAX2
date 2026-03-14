--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a9669794c6e40dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c39d9cf80847b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a0dfd8c6081430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26456123e44749f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1855376b68694b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a0dfd8c6081430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013a2058343d4176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26456123e44749f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hörgeräte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>