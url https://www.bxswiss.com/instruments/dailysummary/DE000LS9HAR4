--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3fb7b747124c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b21c6ea881e4d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78c25b6013c4214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc82160e261224de2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57260209b964987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78c25b6013c4214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6601c28f414284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc82160e261224de2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>268,434</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>