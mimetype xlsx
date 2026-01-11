--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b21c6ea881e4d7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9702c1e6c844ff9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc82160e261224de2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00299eb4d36746d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6601c28f414284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc82160e261224de2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf915414b91f54994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00299eb4d36746d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>