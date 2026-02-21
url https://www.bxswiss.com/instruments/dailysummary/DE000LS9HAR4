--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9702c1e6c844ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf318edb124eb4e44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00299eb4d36746d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd8d8ee6cb544301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf915414b91f54994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00299eb4d36746d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae4e6243116b40dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd8d8ee6cb544301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trading Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>247,397</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>