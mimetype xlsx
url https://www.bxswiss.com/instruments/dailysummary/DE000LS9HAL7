--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra96f58f1a2bd4170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d42ac517b174e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd92ec1942c94960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee36c79863a4f29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80da5200882b489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd92ec1942c94960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674f1c414d214781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee36c79863a4f29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaWe Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,165</x:t>
-[...495 lines deleted...]
-          <x:t>166,986</x:t>
+          <x:t>163,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>