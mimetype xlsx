--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d42ac517b174e3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac4d731c7a345ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee36c79863a4f29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4034c9b2a45344a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674f1c414d214781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee36c79863a4f29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8015288f6479492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4034c9b2a45344a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaWe Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>164,224</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>