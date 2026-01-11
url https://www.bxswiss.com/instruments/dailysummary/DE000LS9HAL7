--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac4d731c7a345ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f261b14eac146b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4034c9b2a45344a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcfce10da8694acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8015288f6479492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4034c9b2a45344a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d80c92b0b274169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcfce10da8694acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaWe Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>