--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f261b14eac146b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd767521afa894b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcfce10da8694acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc723774349f84057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d80c92b0b274169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcfce10da8694acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8311272f526a454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc723774349f84057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaWe Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>191,167</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>