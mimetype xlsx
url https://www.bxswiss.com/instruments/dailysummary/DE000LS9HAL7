--- v4 (2026-02-21)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd767521afa894b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16005f8d4a5a4e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc723774349f84057"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f5fc7f7e24486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8311272f526a454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc723774349f84057" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b36117ce674504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f5fc7f7e24486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaWe Value Trade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,901</x:t>
-[...549 lines deleted...]
-          <x:t>195,365</x:t>
+          <x:t>194,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>