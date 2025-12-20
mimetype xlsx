--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b48620929ed4532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f09edd611ce47b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2396df3311ae4399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bbcec8dfc7d431b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7651a4880f4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2396df3311ae4399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ef9da485124200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bbcec8dfc7d431b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>10,584</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,593</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,561</x:t>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,558</x:t>
-[...485 lines deleted...]
-          <x:t>10,556</x:t>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>