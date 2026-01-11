--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f09edd611ce47b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c34742895a4350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bbcec8dfc7d431b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ccc197d0e924229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ef9da485124200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bbcec8dfc7d431b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8272a4cbd5994517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ccc197d0e924229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>10,454</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,450</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>10,513</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>10,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>