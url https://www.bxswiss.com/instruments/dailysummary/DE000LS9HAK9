--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c34742895a4350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra19750cbf01e41be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ccc197d0e924229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f83c902603a41e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8272a4cbd5994517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ccc197d0e924229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dffa56c7d84f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f83c902603a41e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>10,500</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,478</x:t>
-[...161 lines deleted...]
-          <x:t>10,513</x:t>
+          <x:t>10,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>