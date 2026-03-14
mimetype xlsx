--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra19750cbf01e41be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3396f228842648c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f83c902603a41e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf33e9e0d7d2e41c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dffa56c7d84f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f83c902603a41e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3922caabd3994447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf33e9e0d7d2e41c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Checkliste</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>10,405</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,350</x:t>
-[...178 lines deleted...]
-          <x:t>10,343</x:t>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,333</x:t>
-[...97 lines deleted...]
-          <x:t>10,331</x:t>
+          <x:t>10,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,316</x:t>
-[...188 lines deleted...]
-          <x:t>10,289</x:t>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>