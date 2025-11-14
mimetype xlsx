--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57a58e1841924a10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1020a8c8d3934db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6217f95b03e94af3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f93ebcdcaf94a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e605b49eb5431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6217f95b03e94af3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R068ee556212e40ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f93ebcdcaf94a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 3 KGV USA PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>54,777</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>