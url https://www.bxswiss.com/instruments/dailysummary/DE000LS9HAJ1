--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1020a8c8d3934db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e897b082e6e4df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f93ebcdcaf94a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffd5b365e6b44ecc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R068ee556212e40ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f93ebcdcaf94a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9a81152e604205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffd5b365e6b44ecc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 3 KGV USA PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>51,938</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>