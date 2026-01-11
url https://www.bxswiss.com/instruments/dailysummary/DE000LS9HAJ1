--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e897b082e6e4df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2f04a17a4c34880" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffd5b365e6b44ecc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62848d3e23e9408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9a81152e604205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffd5b365e6b44ecc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d489b3455564272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62848d3e23e9408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 3 KGV USA PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>