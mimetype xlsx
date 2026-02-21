--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2f04a17a4c34880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a8befe93d24f76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62848d3e23e9408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf81f570f983433b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d489b3455564272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62848d3e23e9408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ca8e667ad14bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf81f570f983433b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 3 KGV USA PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>61,213</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>