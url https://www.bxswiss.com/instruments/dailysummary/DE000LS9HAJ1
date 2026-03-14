--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a8befe93d24f76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714274aadc4945a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf81f570f983433b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8d9163f9c84d30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ca8e667ad14bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf81f570f983433b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6737490f9b134975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8d9163f9c84d30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP 3 KGV USA PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>