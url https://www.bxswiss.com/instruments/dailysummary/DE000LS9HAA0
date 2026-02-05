--- v0 (2026-01-09)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e83ef069de240bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0408517bf04d45a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4f122639164bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d915ad5c56423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894b617d910c4692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4f122639164bb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda95623eb16f468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d915ad5c56423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldene Sterne PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,142</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,132</x:t>
-[...16 lines deleted...]
-          <x:t>4,137</x:t>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,136</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>4,134</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,124</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>4,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,130</x:t>
-[...53 lines deleted...]
-          <x:t>4,121</x:t>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,115</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>4,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,120</x:t>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,108</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>4,118</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,105</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,108</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>4,123</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>