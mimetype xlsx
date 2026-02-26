--- v1 (2026-02-05)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0408517bf04d45a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49608ed988a44b59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d915ad5c56423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0230488a56114c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda95623eb16f468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d915ad5c56423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ac68c1227343b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0230488a56114c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldene Sterne PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>