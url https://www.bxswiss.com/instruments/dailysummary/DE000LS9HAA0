--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49608ed988a44b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2796640e84374407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0230488a56114c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R724fe2d74baa4d4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ac68c1227343b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0230488a56114c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6729e706c9745ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R724fe2d74baa4d4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldene Sterne PLUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9HAA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>4,057</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,050</x:t>
-[...97 lines deleted...]
-          <x:t>4,058</x:t>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,055</x:t>
-[...43 lines deleted...]
-          <x:t>4,053</x:t>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,039</x:t>
-[...16 lines deleted...]
-          <x:t>4,038</x:t>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,032</x:t>
-[...296 lines deleted...]
-          <x:t>4,031</x:t>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>