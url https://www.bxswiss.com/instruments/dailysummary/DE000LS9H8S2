--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87df77f103c2424b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re08bf068ce724272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aad3f20eec14c59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcecc6603b94745b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f3c673939e4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aad3f20eec14c59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda6b7433c3f4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcecc6603b94745b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8S2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.463,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.464,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.457,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.458,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.471,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.475,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.466,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.469,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.444,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>