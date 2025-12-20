--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re08bf068ce724272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753ef982e18b4006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcecc6603b94745b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9d135beddb44cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reda6b7433c3f4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcecc6603b94745b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf444f0bca7c34d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9d135beddb44cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8S2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.461,180</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>