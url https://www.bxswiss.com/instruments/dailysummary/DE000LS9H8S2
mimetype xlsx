--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753ef982e18b4006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a30c98c0e0e4a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9d135beddb44cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafe9296a19744540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf444f0bca7c34d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9d135beddb44cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41163c76b8c64e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafe9296a19744540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8S2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.504,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.505,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.498,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.502,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.476,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.486,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.475,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.485,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>