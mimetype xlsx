--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a30c98c0e0e4a1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a6c3263a1f45f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafe9296a19744540"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32e0112afc48468a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41163c76b8c64e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafe9296a19744540" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f497df54044229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32e0112afc48468a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8S2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.516,909</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.477,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>