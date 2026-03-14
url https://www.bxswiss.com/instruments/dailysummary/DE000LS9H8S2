--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a6c3263a1f45f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14588755c794991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32e0112afc48468a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb08266c89a3949af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f497df54044229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32e0112afc48468a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01cb24c5b474485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb08266c89a3949af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TuricumAM Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8S2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.494,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.496,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.487,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.491,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.503,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.513,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.502,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.508,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>