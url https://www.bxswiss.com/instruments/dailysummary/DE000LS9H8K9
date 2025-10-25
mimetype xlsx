--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81fd73936ec4919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97682b21a38f4171" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705d3ec65a6c4b4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa112ee678ab4a70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1722f4aa5c2f41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705d3ec65a6c4b4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdeb2ee2ab9344a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa112ee678ab4a70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,404</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>175,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,115</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>