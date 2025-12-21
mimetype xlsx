--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97682b21a38f4171" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R677fd3108cae4b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa112ee678ab4a70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R175430826bc345b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdeb2ee2ab9344a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa112ee678ab4a70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dde21efa9d44af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R175430826bc345b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,827</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>