--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R677fd3108cae4b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R133fec7479d1401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R175430826bc345b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6dd2d7198fe4b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dde21efa9d44af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R175430826bc345b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re537d6b094414246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6dd2d7198fe4b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,302</x:t>
-[...495 lines deleted...]
-          <x:t>183,322</x:t>
+          <x:t>183,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>