--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R133fec7479d1401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de83c4c90c14b18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6dd2d7198fe4b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b0d586526c45a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re537d6b094414246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6dd2d7198fe4b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3940e6033e554ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b0d586526c45a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>189,334</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>