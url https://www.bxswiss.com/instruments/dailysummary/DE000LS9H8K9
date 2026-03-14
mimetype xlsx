--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de83c4c90c14b18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4c72b151b74dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b0d586526c45a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03adbed63be428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3940e6033e554ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b0d586526c45a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda84d4fd5d78469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03adbed63be428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,363</x:t>
-[...576 lines deleted...]
-          <x:t>197,322</x:t>
+          <x:t>194,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>