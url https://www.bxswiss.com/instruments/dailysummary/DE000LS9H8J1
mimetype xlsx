--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcff092869ff4190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d1bab9287c4114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0edfabd9cbd547ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3239c6974c5e491f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f40eb8020974737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0edfabd9cbd547ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae9e6c6c4324099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3239c6974c5e491f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>214,767</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,318</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>214,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>