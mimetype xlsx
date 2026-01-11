--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d1bab9287c4114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ccb26148fa34989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3239c6974c5e491f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb5edd3922d4064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae9e6c6c4324099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3239c6974c5e491f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77a03e0c0b2429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb5edd3922d4064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>