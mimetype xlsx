--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ccb26148fa34989" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62186256f35c458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb5edd3922d4064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4db0bcde0ec453d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77a03e0c0b2429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb5edd3922d4064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cffa25203d84192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4db0bcde0ec453d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>215,034</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>