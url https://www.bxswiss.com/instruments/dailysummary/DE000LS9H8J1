--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62186256f35c458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13711411d540422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4db0bcde0ec453d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0c105c7ee84f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cffa25203d84192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4db0bcde0ec453d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca4f456a21a4f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0c105c7ee84f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>