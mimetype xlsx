--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3581d21ec3984892" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98376293c5e346d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02176d737dff4f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fcedd5108494c96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb72a4066396642bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02176d737dff4f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895bef9531b64eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fcedd5108494c96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Global Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8C6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>122,651</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>