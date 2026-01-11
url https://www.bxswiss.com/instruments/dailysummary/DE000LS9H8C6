--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98376293c5e346d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree52d4ed87894e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fcedd5108494c96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ab8f242ee504a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895bef9531b64eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fcedd5108494c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e8de2bee1734333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ab8f242ee504a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Global Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8C6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,437</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>