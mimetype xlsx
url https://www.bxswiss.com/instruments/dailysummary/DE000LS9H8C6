--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree52d4ed87894e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e4a2506eac4e06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ab8f242ee504a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R241bbdd9611a4a3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e8de2bee1734333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ab8f242ee504a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52921312544041d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R241bbdd9611a4a3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Global Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8C6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,762</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>