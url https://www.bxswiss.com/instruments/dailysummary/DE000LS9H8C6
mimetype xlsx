--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e4a2506eac4e06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a75be2f36ac4ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R241bbdd9611a4a3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4d5c661256474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52921312544041d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R241bbdd9611a4a3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42cf7d0c1ca94e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4d5c661256474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Global Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8C6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>