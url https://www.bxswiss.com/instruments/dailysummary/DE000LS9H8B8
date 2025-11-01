--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6fa9be5f73d4bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27db847c62364440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa9d7fdb722b44f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e1e16ac1f54e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34060934e644fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa9d7fdb722b44f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re658fde017094422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e1e16ac1f54e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divergent Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>