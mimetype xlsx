--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27db847c62364440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89139f0e92ed4cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e1e16ac1f54e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e1710d2fe3743c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re658fde017094422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e1e16ac1f54e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb81e2934cc4a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e1710d2fe3743c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divergent Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>