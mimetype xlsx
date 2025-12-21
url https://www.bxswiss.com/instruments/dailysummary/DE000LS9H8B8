--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89139f0e92ed4cb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f59be732b9241c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e1710d2fe3743c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760fa8a8ba1243fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb81e2934cc4a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e1710d2fe3743c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f63b9d644ce487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760fa8a8ba1243fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divergent Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>