--- v3 (2025-12-21)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f59be732b9241c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8426d8e48ee14354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760fa8a8ba1243fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e9fd62766a4393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f63b9d644ce487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760fa8a8ba1243fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6738f0cf22dc4e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e9fd62766a4393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divergent Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>