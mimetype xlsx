--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8426d8e48ee14354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c32a805c104d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e9fd62766a4393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89724c7dc4d641f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6738f0cf22dc4e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e9fd62766a4393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d866065f7c34c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89724c7dc4d641f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divergent Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>172,097</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>