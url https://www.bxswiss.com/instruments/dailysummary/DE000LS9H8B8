--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c32a805c104d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f53194513f46d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89724c7dc4d641f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c1431a4f89493a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d866065f7c34c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89724c7dc4d641f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2a858bea444053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c1431a4f89493a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Divergent Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H8B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>