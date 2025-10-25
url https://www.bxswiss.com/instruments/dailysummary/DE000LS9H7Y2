--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebdf827fc3f44a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45564a2520334558" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca82a2d47ff844ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc22fec8cafe4118"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b551c55e1b94a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca82a2d47ff844ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R973a412def9e498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc22fec8cafe4118" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest German Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>