--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45564a2520334558" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0635c7d5431e4698" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc22fec8cafe4118"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cedf0b67cdf4fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R973a412def9e498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc22fec8cafe4118" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56685cfc8bef497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cedf0b67cdf4fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest German Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,215</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>