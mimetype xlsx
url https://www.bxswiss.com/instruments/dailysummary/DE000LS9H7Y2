--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0635c7d5431e4698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777115615b4a4155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cedf0b67cdf4fd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9b1e8d557964501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56685cfc8bef497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cedf0b67cdf4fd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra21912abc2024b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9b1e8d557964501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest German Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>