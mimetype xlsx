--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777115615b4a4155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dba822ecc424a62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9b1e8d557964501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfafcea027974838"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra21912abc2024b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9b1e8d557964501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re71fcf1d9e7643b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfafcea027974838" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest German Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,909</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>