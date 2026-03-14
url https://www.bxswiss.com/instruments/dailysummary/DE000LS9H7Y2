--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dba822ecc424a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570f22670e9a4465" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfafcea027974838"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f2cfe5f9e54f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re71fcf1d9e7643b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfafcea027974838" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1c03319eec4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f2cfe5f9e54f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest German Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>