--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9def581916434fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71c2688c4054e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0543de7055174a89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9247df0cbe4331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e399cebcd0c4cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0543de7055174a89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31662720f98a4734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9247df0cbe4331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Eternity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>