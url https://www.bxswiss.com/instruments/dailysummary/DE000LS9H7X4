--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71c2688c4054e00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb329bc41b6064c84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9247df0cbe4331"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e1abe7067042cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31662720f98a4734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9247df0cbe4331" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd4445656204b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e1abe7067042cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Eternity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>210,547</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>