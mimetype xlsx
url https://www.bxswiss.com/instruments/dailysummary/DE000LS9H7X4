--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb329bc41b6064c84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c1110a86da4cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e1abe7067042cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fce1b5c8d634f3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd4445656204b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e1abe7067042cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28771dfa33449fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fce1b5c8d634f3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Eternity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>220,870</x:t>
-[...156 lines deleted...]
-          <x:t>220,106</x:t>
+          <x:t>219,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,768</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>219,804</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>