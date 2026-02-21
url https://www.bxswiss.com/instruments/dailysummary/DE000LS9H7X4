--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c1110a86da4cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90fc8b67c354eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fce1b5c8d634f3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fcf6730b1745be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28771dfa33449fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fce1b5c8d634f3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d6eeecff94473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fcf6730b1745be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Eternity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>221,839</x:t>
-[...63 lines deleted...]
-          <x:t>223,530</x:t>
+          <x:t>221,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>