--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90fc8b67c354eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c7da9a4d724555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fcf6730b1745be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283f1be6baa04b13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d6eeecff94473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fcf6730b1745be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e99b05dc6e34845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283f1be6baa04b13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Motley Eternity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7X4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>218,215</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,668</x:t>
-[...625 lines deleted...]
-          <x:t>218,660</x:t>
+          <x:t>218,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>