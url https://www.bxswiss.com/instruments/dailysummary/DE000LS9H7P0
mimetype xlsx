--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b2ec29c703f4855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30cdad325aff49e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e67867a198b4ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re002fea8b8b54f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref47449b1aa34961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e67867a198b4ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0439f3df0a454838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re002fea8b8b54f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7P0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>