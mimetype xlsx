--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30cdad325aff49e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae026b2841744e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re002fea8b8b54f35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80e5c9d1866a482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0439f3df0a454838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re002fea8b8b54f35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0cc981fb3a84e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80e5c9d1866a482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7P0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>