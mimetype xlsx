--- v2 (2025-11-21)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae026b2841744e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f64e50f2c54c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80e5c9d1866a482e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60df397ed424071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0cc981fb3a84e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80e5c9d1866a482e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ccc4e3c326b4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60df397ed424071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7P0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>368,660</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>