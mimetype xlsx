--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f64e50f2c54c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b29ec5593ac4b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60df397ed424071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f3d1489da534c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ccc4e3c326b4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60df397ed424071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc461954c00874755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f3d1489da534c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7P0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>