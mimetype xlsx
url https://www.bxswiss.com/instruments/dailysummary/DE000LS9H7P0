--- v4 (2026-02-05)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b29ec5593ac4b25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6ba755df17b4428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f3d1489da534c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe0669456aea4386"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc461954c00874755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f3d1489da534c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5cd1268f614903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe0669456aea4386" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7P0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>