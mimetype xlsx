--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6ba755df17b4428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdbd2c84766c4d63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe0669456aea4386"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8170bde484be4d93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5cd1268f614903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe0669456aea4386" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e8adbdec4d64ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8170bde484be4d93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7P0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>510,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>