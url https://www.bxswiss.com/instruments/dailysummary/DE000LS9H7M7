--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7bf55f21b734bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18ad7d50fc34730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R071f0b511f254c80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50fe5b3128734f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5975bf3bd1c417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R071f0b511f254c80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8174e51fbd4b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50fe5b3128734f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklischer Valueansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>