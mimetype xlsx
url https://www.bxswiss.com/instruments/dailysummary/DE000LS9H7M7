--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18ad7d50fc34730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d032192b764981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50fe5b3128734f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc777b9519344a22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8174e51fbd4b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50fe5b3128734f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64626234909c479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc777b9519344a22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklischer Valueansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,397</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>