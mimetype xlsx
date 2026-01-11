--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d032192b764981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4dea66461c84bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc777b9519344a22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45db6bff1cb460f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64626234909c479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc777b9519344a22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51fe3dbd9fc741d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45db6bff1cb460f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklischer Valueansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>