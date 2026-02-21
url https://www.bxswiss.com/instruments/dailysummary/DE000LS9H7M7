--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4dea66461c84bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94cc73ed04d54e51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf45db6bff1cb460f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c39d4bd059544b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51fe3dbd9fc741d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf45db6bff1cb460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41a4999a5e54883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c39d4bd059544b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklischer Valueansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>219,953</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>