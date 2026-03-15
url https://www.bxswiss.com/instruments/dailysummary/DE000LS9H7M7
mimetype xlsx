--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94cc73ed04d54e51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19edba147934c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c39d4bd059544b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref1361acd23c4b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41a4999a5e54883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c39d4bd059544b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ed5aa53dbec43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref1361acd23c4b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklischer Valueansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7M7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>